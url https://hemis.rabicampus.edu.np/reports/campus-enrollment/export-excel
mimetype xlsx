--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -591,145 +591,145 @@
       </c>
       <c r="H6" t="s">
         <v>9</v>
       </c>
       <c r="I6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>9</v>
       </c>
       <c r="K6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F7" s="2">
         <v>0</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="2"/>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="2">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="F8" s="2">
         <v>1</v>
       </c>
       <c r="G8" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H8" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I8" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2">
         <v>0</v>
       </c>
       <c r="L8" s="2">
-        <v>146</v>
+        <v>167</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E9" s="2">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="F9" s="2">
         <v>1</v>
       </c>
       <c r="G9" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H9" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I9" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J9" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K9" s="2">
         <v>0</v>
       </c>
       <c r="L9" s="2">
-        <v>175</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:B7"/>
     <mergeCell ref="B8:B8"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>