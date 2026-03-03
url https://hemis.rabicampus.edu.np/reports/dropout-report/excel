--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -44,86 +44,96 @@
   </si>
   <si>
     <t>Program Names</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bachelor of Business Studies</t>
   </si>
   <si>
     <t>Bachelor of Education</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22789453b18868b599cc8c68bba08fc5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22789453b18868b599cc8c68bba08fc5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -136,51 +146,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="476250"/>
+    <xdr:ext cx="285750" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="School Logo" descr="School Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -456,54 +466,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.333333333333" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" customHeight="1" ht="450">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4" t="s">
         <v>3</v>
       </c>
@@ -511,54 +521,68 @@
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
       <c r="C5">
         <v>11</v>
       </c>
       <c r="D5">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>10</v>
       </c>
       <c r="C6">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D6">
-        <v>63</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="2">
+        <v>20</v>
+      </c>
+      <c r="C7" s="2">
+        <v>68</v>
+      </c>
+      <c r="D7" s="2">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>