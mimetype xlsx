--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -508,73 +508,73 @@
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="E3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="1">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B4"/>
     <mergeCell ref="B5:B5"/>
     <mergeCell ref="A6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 