--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -608,131 +608,131 @@
       <c r="K5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2">
         <v>1</v>
       </c>
       <c r="D6" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
+        <v>5</v>
+      </c>
+      <c r="G6" s="2">
+        <v>9</v>
+      </c>
+      <c r="H6" s="2">
+        <v>0</v>
+      </c>
+      <c r="I6" s="2">
         <v>4</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
       <c r="J6" s="2">
         <v>1</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>1</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
       <c r="O6" s="4">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="2">
         <v>2</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2">
         <v>0</v>
       </c>
       <c r="D7" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G7" s="2">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J7" s="2">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
         <v>10</v>
       </c>
       <c r="M7" s="2">
         <v>19</v>
       </c>
       <c r="N7" s="2">
         <v>0</v>
       </c>
       <c r="O7" s="4">
-        <v>126</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:N3"/>
     <mergeCell ref="O3:O5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>