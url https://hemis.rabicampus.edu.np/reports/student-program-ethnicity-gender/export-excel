--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -519,101 +519,101 @@
       </c>
       <c r="E5" t="s">
         <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>8</v>
       </c>
       <c r="G5" t="s">
         <v>7</v>
       </c>
       <c r="H5" t="s">
         <v>8</v>
       </c>
       <c r="I5" t="s">
         <v>7</v>
       </c>
       <c r="J5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C6">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D6">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="C7">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>