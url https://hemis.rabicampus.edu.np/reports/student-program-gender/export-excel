--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -477,71 +477,71 @@
       <c r="B3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C6">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D6">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="C7">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D7">
-        <v>119</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>