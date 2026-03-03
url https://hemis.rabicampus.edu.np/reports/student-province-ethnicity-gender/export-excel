--- v0 (2025-10-30)
+++ v1 (2026-03-03)
@@ -14,88 +14,91 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Province Ethnicity Gender" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Rabi Campus
 Province Ethnicity Gender
 Academic Year: 2025</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>Ethnicity</t>
   </si>
   <si>
     <t>Others*</t>
   </si>
   <si>
     <t>EDJ*</t>
   </si>
   <si>
     <t>Dalit</t>
   </si>
   <si>
     <t>Madhesi</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Karnali Pradesh</t>
   </si>
   <si>
     <t>Koshi Pradesh</t>
+  </si>
+  <si>
+    <t>Madhesh Pradesh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -460,61 +463,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J8"/>
+  <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J8" sqref="J8"/>
+      <selection activeCell="J9" sqref="J9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
@@ -588,107 +591,139 @@
       </c>
       <c r="E6" s="2">
         <v>0</v>
       </c>
       <c r="F6" s="2">
         <v>1</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C7" s="2">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="D7" s="2">
         <v>1</v>
       </c>
       <c r="E7" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F7" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G7" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
         <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>142</v>
+        <v>167</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="2">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2">
+        <v>0</v>
+      </c>
+      <c r="D8" s="2">
+        <v>0</v>
+      </c>
+      <c r="E8" s="2">
+        <v>0</v>
+      </c>
+      <c r="F8" s="2">
+        <v>0</v>
+      </c>
+      <c r="G8" s="2">
+        <v>0</v>
+      </c>
+      <c r="H8" s="2">
+        <v>1</v>
+      </c>
+      <c r="I8" s="2">
+        <v>0</v>
+      </c>
+      <c r="J8" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="2">
-[...5 lines deleted...]
-      <c r="D8" s="2">
+      <c r="B9" s="2">
+        <v>36</v>
+      </c>
+      <c r="C9" s="2">
+        <v>112</v>
+      </c>
+      <c r="D9" s="2">
         <v>1</v>
       </c>
-      <c r="E8" s="2">
-[...15 lines deleted...]
-        <v>143</v>
+      <c r="E9" s="2">
+        <v>6</v>
+      </c>
+      <c r="F9" s="2">
+        <v>4</v>
+      </c>
+      <c r="G9" s="2">
+        <v>9</v>
+      </c>
+      <c r="H9" s="2">
+        <v>1</v>
+      </c>
+      <c r="I9" s="2">
+        <v>0</v>
+      </c>
+      <c r="J9" s="2">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:J5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>